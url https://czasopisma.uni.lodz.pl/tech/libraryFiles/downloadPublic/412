--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -1,1801 +1,1666 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidRPr="00A7624F" w:rsidR="00F97D92" w:rsidP="0046491A" w:rsidRDefault="002E2A1C" w14:paraId="39AA4694" w14:textId="77777777">
+    <w:p w14:paraId="39AA4694" w14:textId="77777777" w:rsidR="00F97D92" w:rsidRPr="00A7624F" w:rsidRDefault="002E2A1C" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7624F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">DECLARATION </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A7624F" w:rsidR="00821455">
+      <w:r w:rsidR="00821455" w:rsidRPr="00A7624F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>OF THE AUTHOR OF A TEXT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A7624F" w:rsidR="00674708" w:rsidP="0046491A" w:rsidRDefault="00F97D92" w14:paraId="60A568B6" w14:textId="07DA390F">
+    <w:p w14:paraId="60A568B6" w14:textId="07DA390F" w:rsidR="00674708" w:rsidRPr="00A7624F" w:rsidRDefault="00F97D92" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7624F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>TO BE PUBLISHED IN A PERIODICAL</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A7624F" w:rsidR="008B5788" w:rsidP="00396A18" w:rsidRDefault="00F97D92" w14:paraId="44AEF8F7" w14:textId="77777777">
+    <w:p w14:paraId="44AEF8F7" w14:textId="77777777" w:rsidR="008B5788" w:rsidRPr="00A7624F" w:rsidRDefault="00F97D92" w:rsidP="00396A18">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7624F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>name and surname</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A7624F" w:rsidR="008B5788" w:rsidP="00396A18" w:rsidRDefault="008B5788" w14:paraId="05A3726C" w14:textId="77777777">
+    <w:p w14:paraId="05A3726C" w14:textId="77777777" w:rsidR="008B5788" w:rsidRPr="00A7624F" w:rsidRDefault="008B5788" w:rsidP="00396A18">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A7624F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00A7624F" w:rsidR="008B5788" w:rsidP="00487FDA" w:rsidRDefault="008B5788" w14:paraId="6A694969" w14:textId="77777777">
+    <w:p w14:paraId="6A694969" w14:textId="77777777" w:rsidR="008B5788" w:rsidRPr="00A7624F" w:rsidRDefault="008B5788" w:rsidP="00487FDA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="00A7624F" w:rsidP="002F5C02" w:rsidRDefault="0F725647" w14:paraId="76DA48E8" w14:textId="103CC923">
+    <w:p w14:paraId="76DA48E8" w14:textId="103CC923" w:rsidR="00A7624F" w:rsidRPr="002F5C02" w:rsidRDefault="0F725647" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The author declares that they have created a work entitled ………………………………………………………………………………., which they submit to be published in periodical entitled ………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="00A7624F" w:rsidP="002F5C02" w:rsidRDefault="00126F0F" w14:paraId="450907DA" w14:textId="018F6E1D">
+    <w:p w14:paraId="450907DA" w14:textId="018F6E1D" w:rsidR="00A7624F" w:rsidRPr="002F5C02" w:rsidRDefault="00126F0F" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Author declares that the Work is an original creation and that they have the appropriate copyrights to the Work, including </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00896288">
+      <w:r w:rsidR="00896288" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>moral as well as economic rights.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00A7624F">
+      <w:r w:rsidR="00A7624F" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The percentage share of the author in the preparation of the work is .....%</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="002F5C02" w:rsidP="002F5C02" w:rsidRDefault="002F5C02" w14:paraId="780DB881" w14:textId="0BE11D69">
+    <w:p w14:paraId="780DB881" w14:textId="0BE11D69" w:rsidR="002F5C02" w:rsidRPr="002F5C02" w:rsidRDefault="002F5C02" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The author undertakes to inform about any possible conflicts of interest.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="00A7624F" w:rsidP="002F5C02" w:rsidRDefault="00A7624F" w14:paraId="28908592" w14:textId="6540DB60">
+    <w:p w14:paraId="28908592" w14:textId="20DEF8FF" w:rsidR="00A7624F" w:rsidRPr="002F5C02" w:rsidRDefault="00A7624F" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The author declares that the research presented in the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="002630A7">
+      <w:r w:rsidR="002630A7" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>text</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> of the article was financed by: ……………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="00A7624F" w:rsidP="002F5C02" w:rsidRDefault="00A7624F" w14:paraId="0F7F3645" w14:textId="5FBA5459">
+    <w:p w14:paraId="0F7F3645" w14:textId="5FBA5459" w:rsidR="00A7624F" w:rsidRPr="0046491A" w:rsidRDefault="00A7624F" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:name="_GoBack" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The Author hereby declares that they did not* use generative artificial intelligence tools during the preparation of the manuscript.</w:t>
       </w:r>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rStyle w:val="eop"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="00A7624F" w:rsidP="002F5C02" w:rsidRDefault="00A7624F" w14:paraId="1E51B8BB" w14:textId="77777777">
+    <w:p w14:paraId="1E51B8BB" w14:textId="77777777" w:rsidR="00A7624F" w:rsidRPr="0046491A" w:rsidRDefault="00A7624F" w:rsidP="0011396D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>They used [NAME OF TOOL] for the following purpose: [PURPOSE]. [DETAILED DESCRIPTION OF USE]. The Author then carried out a thorough and critical review of the text, with particular attention to potential false, incomplete, or biased information, possible plagiarism or lack of proper/accurate authorship attribution, and revised it accordingly.* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C5590F2" w14:textId="77777777" w:rsidR="0046491A" w:rsidRPr="0046491A" w:rsidRDefault="00A7624F" w:rsidP="0011396D">
+      <w:pPr>
+        <w:pStyle w:val="paragraph"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>[*Delete as appropriate]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rStyle w:val="eop"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8DE9B8" w14:textId="44FD5A77" w:rsidR="00211073" w:rsidRPr="002630A7" w:rsidRDefault="0046491A" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="paragraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
-          <w:rStyle w:val="normaltextrun"/>
-[...6 lines deleted...]
-        <w:t>They used [NAME OF TOOL] for the following purpose: [PURPOSE]. [DETAILED DESCRIPTION OF USE]. The Author then carried out a thorough and critical review of the text, with particular attention to potential false, incomplete, or biased information, possible plagiarism or lack of proper/accurate authorship attribution, and revised it accordingly.* </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7624F" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>he author assures of no violations of publication ethics and takes full responsibility for the content of the publication.</w:t>
       </w:r>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
-          <w:rStyle w:val="eop"/>
-[...6 lines deleted...]
-        <w:t> </w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7512" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The Author acknowledges and accepts that</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3F50" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in the event of </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0192" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Author </w:t>
+      </w:r>
+      <w:r w:rsidR="001C3F50" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">making a </w:t>
+      </w:r>
+      <w:r w:rsidR="003F0192" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">false statement (Sections 2 and 3 herein), </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA134A" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they shall be liable for any damages </w:t>
+      </w:r>
+      <w:r w:rsidR="00543822" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">incurred by the University of </w:t>
+      </w:r>
+      <w:r w:rsidR="00F805DB" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Lodz</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0192" w:rsidRPr="0046491A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="0046491A" w:rsidP="002F5C02" w:rsidRDefault="00A7624F" w14:paraId="5C5590F2" w14:textId="77777777">
-[...169 lines deleted...]
-    <w:p w:rsidRPr="002F5C02" w:rsidR="00A6459A" w:rsidP="002F5C02" w:rsidRDefault="00A83623" w14:paraId="384C13C8" w14:textId="46846830">
+    <w:p w14:paraId="384C13C8" w14:textId="46846830" w:rsidR="00A6459A" w:rsidRPr="002F5C02" w:rsidRDefault="00A83623" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Author grants the </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00956899">
+      <w:r w:rsidR="00956899" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00F805DB">
+      <w:r w:rsidR="00F805DB" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Lodz</w:t>
       </w:r>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, represented </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00A6459A">
+      <w:r w:rsidR="00A6459A" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">by the </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00F805DB">
+      <w:r w:rsidR="00F805DB" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Lodz</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00A6459A">
+      <w:r w:rsidR="00A6459A" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> University Press, a non-exclusive license to exercise </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00D01A48">
+      <w:r w:rsidR="00D01A48" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">economic copyrights to the Work </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00A05184">
+      <w:r w:rsidR="00A05184" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>in all fields of exploitation, as stipulated in the Copyright and Related Rights Act of</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C46338">
+      <w:r w:rsidR="00C46338" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> February 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C46338">
+      <w:r w:rsidR="00C46338" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C46338">
+      <w:r w:rsidR="00C46338" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1994, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00003B2B">
+      <w:r w:rsidR="00003B2B" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C46338">
+      <w:r w:rsidR="00C46338" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>open access</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00003B2B">
+      <w:r w:rsidR="00003B2B" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, including the regulations of the Creative Commons license. The granted licence also includes the right to </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00811293">
+      <w:r w:rsidR="00811293" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>grant sublicenses within the stipulated fields of exploitation.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="00C51CC2" w:rsidP="002F5C02" w:rsidRDefault="00811293" w14:paraId="599FB4A0" w14:textId="10AC71AE">
+    <w:p w14:paraId="599FB4A0" w14:textId="10AC71AE" w:rsidR="00C51CC2" w:rsidRPr="002F5C02" w:rsidRDefault="00811293" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The licence is unlimited in territory and granted for </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C73590">
+      <w:r w:rsidR="00C73590" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>period of 70 years.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="00C51CC2" w:rsidP="002F5C02" w:rsidRDefault="00811293" w14:paraId="5EE13737" w14:textId="6A7326DE">
+    <w:p w14:paraId="5EE13737" w14:textId="6A7326DE" w:rsidR="00C51CC2" w:rsidRPr="002F5C02" w:rsidRDefault="00811293" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Due to the implementations of the policy </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00EB26DF">
+      <w:r w:rsidR="00EB26DF" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of open access to scientific publications, the </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00F805DB">
+      <w:r w:rsidR="00F805DB" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>University</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00EB26DF">
+      <w:r w:rsidR="00EB26DF" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00F805DB">
+      <w:r w:rsidR="00F805DB" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Lodz</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00EB26DF">
+      <w:r w:rsidR="00EB26DF" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C36924">
+      <w:r w:rsidR="00C36924" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">will use the Author’s authorisation to deposit </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00F805DB">
+      <w:r w:rsidR="00F805DB" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the Work in the University of Lodz Repository and other </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="0050195F">
+      <w:r w:rsidR="0050195F" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">distribution platforms, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00C73590">
+      <w:r w:rsidR="00C73590" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">while </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="0050195F">
+      <w:r w:rsidR="0050195F" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">the Author undertakes </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00E5753C">
+      <w:r w:rsidR="00E5753C" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">not to use the termination of the license agreement </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="003A2AD7">
+      <w:r w:rsidR="003A2AD7" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>throughout its entire term.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="002F5C02" w:rsidR="001917A1" w:rsidP="002F5C02" w:rsidRDefault="009C4717" w14:paraId="011011B3" w14:textId="6E956D1E">
+    <w:p w14:paraId="011011B3" w14:textId="6E956D1E" w:rsidR="001917A1" w:rsidRDefault="009C4717" w:rsidP="002F5C02">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The Author is not entitled to remuneration for creating the Work, its delivery to the Press, and for granting the </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="0006558F">
+      <w:r w:rsidR="0006558F" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rights </w:t>
       </w:r>
       <w:r w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>license</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="0006558F">
+      <w:r w:rsidR="0006558F" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. The parties mutually agree that the Author </w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00AE5C56">
+      <w:r w:rsidR="00AE5C56" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>will receive</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="00F46256">
+      <w:r w:rsidR="00F46256" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> an author’s copy</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F5C02" w:rsidR="0012115A">
+      <w:r w:rsidR="0012115A" w:rsidRPr="002F5C02">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the form of a pre-press PDF file, containing exclusively the part of the Work to which the Author has moral rights.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="0046491A" w:rsidRDefault="005D7245" w14:paraId="77FE4DC6" w14:textId="77777777">
+    <w:p w14:paraId="092BF172" w14:textId="77777777" w:rsidR="0011396D" w:rsidRPr="0011396D" w:rsidRDefault="0011396D" w:rsidP="0011396D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0011396D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The Author acknowledges that in the event of the text being withdrawn due to his/her fault, he/she will be charged with the costs of review and proofreading.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F417828" w14:textId="77777777" w:rsidR="0011396D" w:rsidRPr="002F5C02" w:rsidRDefault="0011396D" w:rsidP="0011396D">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FE4DC6" w14:textId="77777777" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="005D7245" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="0046491A" w:rsidRDefault="005D7245" w14:paraId="2FF0AA0E" w14:textId="77777777">
+    <w:p w14:paraId="2FF0AA0E" w14:textId="77777777" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="005D7245" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Hereby, I acknowledge that:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="0046491A" w:rsidRDefault="005D7245" w14:paraId="3EB8A6EA" w14:textId="3595F498">
+    <w:p w14:paraId="3EB8A6EA" w14:textId="3595F498" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="005D7245" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">1. The Administrator of the personal data of the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0046491A" w:rsidR="0046491A">
+      <w:r w:rsidR="0046491A" w:rsidRPr="0046491A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Author</w:t>
       </w:r>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> is the University of Lodz (address: ul. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Narutowicza</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0046491A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 68, 90-136 Lodz).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="402FA7E5" w:rsidRDefault="005D7245" w14:paraId="4CE831F4" w14:textId="77777777" w14:noSpellErr="1">
+    <w:p w14:paraId="4CE831F4" w14:textId="77777777" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="005D7245" w:rsidP="402FA7E5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="402FA7E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">2. The Personal Data Protection Supervision at the University of Lodz can be contacted via the following e-mail address: </w:t>
       </w:r>
-      <w:hyperlink r:id="R6ade9657a4eb4eed">
-        <w:r w:rsidRPr="402FA7E5" w:rsidR="005D7245">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidRPr="402FA7E5">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+            <w:rStyle w:val="Hipercze"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>iod@uni.lodz.pl</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="402FA7E5" w:rsidR="005D7245">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+      <w:r w:rsidRPr="402FA7E5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="58E9AA1D" w:rsidP="402FA7E5" w:rsidRDefault="58E9AA1D" w14:paraId="3355F3B9" w14:textId="7F084893">
-[...31 lines deleted...]
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="402FA7E5" w:rsidRDefault="005D7245" w14:paraId="02D13A68" w14:textId="4695A9BA">
+    <w:p w14:paraId="3355F3B9" w14:textId="7F084893" w:rsidR="58E9AA1D" w:rsidRDefault="18024FCF" w:rsidP="402FA7E5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...138 lines deleted...]
-        <w:t>Section 1 (b) of the Regulation (EU) 2016/679 of the European Parliament and of the Council of 27 April 2016.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="055982F9" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>The data will be used to publish and disseminate the Work.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="5ACA42E0" w:rsidRDefault="005D7245" w14:paraId="2FBA5650" w14:textId="72E3B53D">
+    <w:p w14:paraId="02D13A68" w14:textId="4695A9BA" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="18024FCF" w:rsidP="402FA7E5">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> laws and regulations.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The data shall be processed in order to complete the </w:t>
+      </w:r>
+      <w:r w:rsidR="3CB98155" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>publishing and disseminating the text</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, pursuant to the provisions within Art. </w:t>
+      </w:r>
+      <w:r w:rsidR="0D8BAB3A" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="2248F3F0" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Section 1 (b) of the Regulation (EU) 2016/679 of the European Parliament and of the Council of 27 April 2016.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="5ACA42E0" w:rsidRDefault="005D7245" w14:paraId="1A8E0D30" w14:textId="51C31E08">
+    <w:p w14:paraId="2FBA5650" w14:textId="72E3B53D" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="7AF33C4C" w:rsidP="5ACA42E0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> if permissible by law.</w:t>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>. The obtained data shall be processed and stored for the period necessary to perform the purpose, including the periods of data storage indicated by generally applicable laws and regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="5ACA42E0" w:rsidRDefault="005D7245" w14:paraId="569CB7EA" w14:textId="6752ED70">
+    <w:p w14:paraId="1A8E0D30" w14:textId="51C31E08" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="3292A300" w:rsidP="5ACA42E0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. The </w:t>
       </w:r>
-      <w:r w:rsidRPr="5ACA42E0" w:rsidR="3CB98155">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> has the right to file a complaint to a data protection authority on suspected violations of the law related to the processing of personal data.</w:t>
+      <w:r w:rsidR="3CB98155" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author </w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>has the right to demand access to their personal data, to request their personal data be corrected, to restrict or limit the processing of their personal data, and to demand their personal data be deleted if permissible by law.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="005D7245" w:rsidP="5ACA42E0" w:rsidRDefault="005D7245" w14:paraId="5469D3A9" w14:textId="1CF202BC">
+    <w:p w14:paraId="569CB7EA" w14:textId="6752ED70" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="52C1AE07" w:rsidP="5ACA42E0">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidR="3CB98155" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Author</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has the right to file a complaint to a data protection authority on suspected violations of the law related to the processing of personal data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5469D3A9" w14:textId="1CF202BC" w:rsidR="005D7245" w:rsidRPr="0046491A" w:rsidRDefault="17212480" w:rsidP="5ACA42E0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6485"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidRPr="5ACA42E0" w:rsidR="6C37930F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. The provision of personal data is necessary to conclude and complete </w:t>
       </w:r>
-      <w:r w:rsidRPr="5ACA42E0" w:rsidR="7365EEE4">
-[...37 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:cstheme="minorAscii"/>
+      <w:r w:rsidR="7365EEE4" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the publishing and disseminating the text</w:t>
+      </w:r>
+      <w:r w:rsidR="6C37930F" w:rsidRPr="5ACA42E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, and it arises from legal regulations.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0046491A" w:rsidP="0046491A" w:rsidRDefault="0046491A" w14:paraId="3E76982C" w14:textId="66B8A420">
+    <w:p w14:paraId="3E76982C" w14:textId="66B8A420" w:rsidR="0046491A" w:rsidRDefault="0046491A" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0046491A" w:rsidP="0046491A" w:rsidRDefault="0046491A" w14:paraId="547D5F27" w14:textId="68B83AD9">
+    <w:p w14:paraId="547D5F27" w14:textId="68B83AD9" w:rsidR="0046491A" w:rsidRDefault="0046491A" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0046491A" w:rsidP="0046491A" w:rsidRDefault="0046491A" w14:paraId="7EB6954F" w14:textId="3D8AE8EB">
+    <w:p w14:paraId="7EB6954F" w14:textId="3D8AE8EB" w:rsidR="0046491A" w:rsidRDefault="0046491A" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0046491A" w:rsidP="0046491A" w:rsidRDefault="0046491A" w14:paraId="15164488" w14:textId="184A7D44">
+    <w:p w14:paraId="15164488" w14:textId="184A7D44" w:rsidR="0046491A" w:rsidRDefault="0046491A" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>……………………</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="0046491A" w:rsidR="0046491A" w:rsidP="0046491A" w:rsidRDefault="0046491A" w14:paraId="7CB45C89" w14:textId="190F0F43">
+    <w:p w14:paraId="7CB45C89" w14:textId="190F0F43" w:rsidR="0046491A" w:rsidRPr="0046491A" w:rsidRDefault="0046491A" w:rsidP="0046491A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>[date and signature]</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidRPr="0046491A" w:rsidR="0046491A">
-[...1 lines deleted...]
-      <w:pgSz w:w="11909" w:h="16834" w:orient="portrait"/>
+    <w:sectPr w:rsidR="0046491A" w:rsidRPr="0046491A">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="60"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F121F8" w:rsidRDefault="00F121F8" w14:paraId="56CEEBFC" w14:textId="77777777">
+    <w:p w14:paraId="580D71BF" w14:textId="77777777" w:rsidR="0081151F" w:rsidRDefault="0081151F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F121F8" w:rsidRDefault="00F121F8" w14:paraId="4154CD0B" w14:textId="77777777">
+    <w:p w14:paraId="00816074" w14:textId="77777777" w:rsidR="0081151F" w:rsidRDefault="0081151F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F121F8" w:rsidRDefault="00F121F8" w14:paraId="608EBB65" w14:textId="77777777">
+    <w:p w14:paraId="03C8051E" w14:textId="77777777" w:rsidR="0081151F" w:rsidRDefault="0081151F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F121F8" w:rsidRDefault="00F121F8" w14:paraId="52F89960" w14:textId="77777777">
+    <w:p w14:paraId="5CCE082F" w14:textId="77777777" w:rsidR="0081151F" w:rsidRDefault="0081151F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidRPr="001917A1" w:rsidR="00487FDA" w:rsidP="001917A1" w:rsidRDefault="00487FDA" w14:paraId="2CC558A4" w14:textId="77777777">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CC558A4" w14:textId="77777777" w:rsidR="00487FDA" w:rsidRPr="001917A1" w:rsidRDefault="00487FDA" w:rsidP="001917A1">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2580"/>
         <w:tab w:val="left" w:pos="2985"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008100B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE0A406A"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2892,51 +2757,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="595D1A5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A77E0A10"/>
     <w:lvl w:ilvl="0" w:tplc="3FE81B10">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0415000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -3349,168 +3214,171 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1245455920">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="432895309">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="239407443">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="2366075">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1659118071">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1296175190">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1603103553">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1882008601">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1590306833">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="312880269">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1750038740">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2047564988">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1875849189">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1537505608">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1626545242">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="642925660">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="2105612089">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:trackRevisions w:val="false"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0M7cwMje3NLe0MDYzMTZX0lEKTi0uzszPAykwrAUA5uDfcCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00674708"/>
     <w:rsid w:val="00003B2B"/>
     <w:rsid w:val="00006CD8"/>
     <w:rsid w:val="00041E26"/>
     <w:rsid w:val="000462BD"/>
     <w:rsid w:val="0006558F"/>
     <w:rsid w:val="0006785D"/>
     <w:rsid w:val="00093840"/>
     <w:rsid w:val="000C1CBC"/>
     <w:rsid w:val="000C6CB9"/>
     <w:rsid w:val="000D42D7"/>
     <w:rsid w:val="000D59BF"/>
     <w:rsid w:val="000E51D6"/>
     <w:rsid w:val="0010422D"/>
+    <w:rsid w:val="0011396D"/>
     <w:rsid w:val="001179EA"/>
     <w:rsid w:val="0012115A"/>
     <w:rsid w:val="00123B87"/>
     <w:rsid w:val="00126F0F"/>
     <w:rsid w:val="00127D37"/>
     <w:rsid w:val="00130A45"/>
     <w:rsid w:val="001329C6"/>
     <w:rsid w:val="00140CE2"/>
+    <w:rsid w:val="0018268D"/>
     <w:rsid w:val="001917A1"/>
     <w:rsid w:val="001A1FAD"/>
     <w:rsid w:val="001A7192"/>
     <w:rsid w:val="001B1248"/>
     <w:rsid w:val="001B41FE"/>
     <w:rsid w:val="001B5EC0"/>
     <w:rsid w:val="001C3F50"/>
     <w:rsid w:val="001D1FA6"/>
     <w:rsid w:val="001E34AB"/>
     <w:rsid w:val="002045DA"/>
     <w:rsid w:val="00211073"/>
     <w:rsid w:val="002238A5"/>
+    <w:rsid w:val="002304F5"/>
     <w:rsid w:val="00235CA1"/>
     <w:rsid w:val="00247FBE"/>
     <w:rsid w:val="002564AD"/>
     <w:rsid w:val="002630A7"/>
     <w:rsid w:val="00282CF2"/>
     <w:rsid w:val="002A2C0D"/>
     <w:rsid w:val="002D1D32"/>
     <w:rsid w:val="002E2A1C"/>
     <w:rsid w:val="002E5395"/>
     <w:rsid w:val="002F5C02"/>
     <w:rsid w:val="0030112F"/>
     <w:rsid w:val="00322463"/>
     <w:rsid w:val="0032614D"/>
     <w:rsid w:val="00337191"/>
     <w:rsid w:val="00341EB6"/>
     <w:rsid w:val="00363C28"/>
     <w:rsid w:val="00374BC3"/>
     <w:rsid w:val="00380371"/>
     <w:rsid w:val="00395187"/>
     <w:rsid w:val="00396A18"/>
     <w:rsid w:val="003A2AD7"/>
     <w:rsid w:val="003A35E6"/>
     <w:rsid w:val="003B757C"/>
     <w:rsid w:val="003D088B"/>
     <w:rsid w:val="003D580F"/>
@@ -3534,50 +3402,51 @@
     <w:rsid w:val="005466A5"/>
     <w:rsid w:val="00562FD0"/>
     <w:rsid w:val="00590D6B"/>
     <w:rsid w:val="005A3A3E"/>
     <w:rsid w:val="005A77F9"/>
     <w:rsid w:val="005C38AD"/>
     <w:rsid w:val="005C7F35"/>
     <w:rsid w:val="005D7245"/>
     <w:rsid w:val="006135E9"/>
     <w:rsid w:val="0062097F"/>
     <w:rsid w:val="00625BE0"/>
     <w:rsid w:val="00653FB1"/>
     <w:rsid w:val="00674708"/>
     <w:rsid w:val="006B4A3F"/>
     <w:rsid w:val="006E0F30"/>
     <w:rsid w:val="0071657F"/>
     <w:rsid w:val="00736822"/>
     <w:rsid w:val="00745101"/>
     <w:rsid w:val="007B2A77"/>
     <w:rsid w:val="007C26CE"/>
     <w:rsid w:val="007E4BA3"/>
     <w:rsid w:val="007E7512"/>
     <w:rsid w:val="007E7988"/>
     <w:rsid w:val="007F47AE"/>
     <w:rsid w:val="00811293"/>
+    <w:rsid w:val="0081151F"/>
     <w:rsid w:val="00812E60"/>
     <w:rsid w:val="00821455"/>
     <w:rsid w:val="00830C8B"/>
     <w:rsid w:val="00853F04"/>
     <w:rsid w:val="00860C86"/>
     <w:rsid w:val="008738E3"/>
     <w:rsid w:val="00896288"/>
     <w:rsid w:val="008A3E35"/>
     <w:rsid w:val="008B5788"/>
     <w:rsid w:val="008D0FE0"/>
     <w:rsid w:val="008D4487"/>
     <w:rsid w:val="008F5313"/>
     <w:rsid w:val="008F7CE3"/>
     <w:rsid w:val="009278CA"/>
     <w:rsid w:val="00956899"/>
     <w:rsid w:val="009625FA"/>
     <w:rsid w:val="0096303E"/>
     <w:rsid w:val="00986DB7"/>
     <w:rsid w:val="00990BC9"/>
     <w:rsid w:val="00992EB7"/>
     <w:rsid w:val="009A1B5D"/>
     <w:rsid w:val="009A6DD2"/>
     <w:rsid w:val="009B5384"/>
     <w:rsid w:val="009B71FD"/>
     <w:rsid w:val="009C4717"/>
@@ -3676,141 +3545,141 @@
     <w:rsid w:val="58E9AA1D"/>
     <w:rsid w:val="5ACA42E0"/>
     <w:rsid w:val="5D67A7F6"/>
     <w:rsid w:val="64A5E562"/>
     <w:rsid w:val="6C37930F"/>
     <w:rsid w:val="7365EEE4"/>
     <w:rsid w:val="7AF33C4C"/>
     <w:rsid w:val="7CC98A8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3B3767B5"/>
   <w15:docId w15:val="{D6C45A89-54F5-4DE9-BD9D-22E270904F5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3965,52 +3834,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4075,346 +3944,347 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normalny" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00674708"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Domylnaczcionkaakapitu" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Standardowy" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="Bezlisty" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezlisty">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Stopka">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="StopkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00674708"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="StopkaZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="StopkaZnak">
     <w:name w:val="Stopka Znak"/>
     <w:link w:val="Stopka"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00674708"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="pl-PL"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstdymka">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstdymkaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE62D8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TekstdymkaZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstdymkaZnak">
     <w:name w:val="Tekst dymka Znak"/>
     <w:link w:val="Tekstdymka"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE62D8"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="Times New Roman" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Akapitzlist">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AE620E"/>
     <w:pPr>
       <w:ind w:left="708"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstprzypisukocowego">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstprzypisukocowegoZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD7A18"/>
   </w:style>
-  <w:style w:type="character" w:styleId="TekstprzypisukocowegoZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstprzypisukocowegoZnak">
     <w:name w:val="Tekst przypisu końcowego Znak"/>
     <w:link w:val="Tekstprzypisukocowego"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BD7A18"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoanieprzypisukocowego">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD7A18"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Nagwek">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="NagwekZnak"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00487FDA"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="NagwekZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="NagwekZnak">
     <w:name w:val="Nagłówek Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Nagwek"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00487FDA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Bezodstpw">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="007F47AE"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstpodstawowy">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstpodstawowyZnak"/>
     <w:semiHidden/>
     <w:rsid w:val="000E51D6"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TekstpodstawowyZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstpodstawowyZnak">
     <w:name w:val="Tekst podstawowy Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstpodstawowy"/>
     <w:semiHidden/>
     <w:rsid w:val="000E51D6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Odwoaniedokomentarza">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A77F9"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tekstkomentarza">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normalny"/>
     <w:link w:val="TekstkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A77F9"/>
   </w:style>
-  <w:style w:type="character" w:styleId="TekstkomentarzaZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TekstkomentarzaZnak">
     <w:name w:val="Tekst komentarza Znak"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:link w:val="Tekstkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A77F9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Tematkomentarza">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Tekstkomentarza"/>
     <w:next w:val="Tekstkomentarza"/>
     <w:link w:val="TematkomentarzaZnak"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A77F9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TematkomentarzaZnak" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TematkomentarzaZnak">
     <w:name w:val="Temat komentarza Znak"/>
     <w:basedOn w:val="TekstkomentarzaZnak"/>
     <w:link w:val="Tematkomentarza"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A77F9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="paragraph" w:customStyle="1">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normalny"/>
     <w:rsid w:val="00A7624F"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="00A7624F"/>
   </w:style>
-  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:rsid w:val="00A7624F"/>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="402FA7E5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="275411616">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1362323171">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -4441,51 +4311,52 @@
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1237665779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@uni.lodz.pl" TargetMode="External" Id="R6ade9657a4eb4eed" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@uni.lodz.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5003,101 +4874,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="69ebca2b-e73d-4c00-8179-018355b8bc49">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="40662eed-c394-44ab-9f96-e5d552189762" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71FB17AF-FAB9-4659-BF85-51E66CBE4FC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C66C82BD-FC00-4995-8B03-BF5BD7891F38}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C66C82BD-FC00-4995-8B03-BF5BD7891F38}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="69ebca2b-e73d-4c00-8179-018355b8bc49"/>
+    <ds:schemaRef ds:uri="40662eed-c394-44ab-9f96-e5d552189762"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{352BA7D8-8298-4DF0-B5DE-20E2931A5D56}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21A14B3F-3DB2-4F7C-9322-A5CFE56041DB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69ebca2b-e73d-4c00-8179-018355b8bc49"/>
+    <ds:schemaRef ds:uri="40662eed-c394-44ab-9f96-e5d552189762"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21A14B3F-3DB2-4F7C-9322-A5CFE56041DB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{352BA7D8-8298-4DF0-B5DE-20E2931A5D56}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>619</Words>
+  <Characters>3719</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>30</Lines>
+  <Paragraphs>8</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>University of Lodz</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>4330</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Kurska</dc:creator>
-  <lastModifiedBy>Katarzyna Smyczek</lastModifiedBy>
-[...1 lines deleted...]
-  <lastPrinted>2018-04-04T09:52:00.0000000Z</lastPrinted>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007102145EE968CE46809DAB9E559D7DA1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>