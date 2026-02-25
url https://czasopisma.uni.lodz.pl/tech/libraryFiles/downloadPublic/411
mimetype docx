--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -6,51 +6,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00B70363" w:rsidRDefault="00B70363" w:rsidP="00396A18">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BAE8514" w14:textId="77777777" w:rsidR="008B5788" w:rsidRPr="00BE39B2" w:rsidRDefault="008B5788" w:rsidP="00396A18">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -478,52 +478,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFCFDC7" w14:textId="4B506EF7" w:rsidR="008B5788" w:rsidRPr="00290626" w:rsidRDefault="003669A2" w:rsidP="4DA8D281">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Autor/ka zobowiązuje się poinformować o wszelkich możliwych konfliktach interesów…………………………………………………….</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="7456710B" w14:textId="7136144D" w:rsidR="002D7E91" w:rsidRPr="00290626" w:rsidRDefault="002D7E91" w:rsidP="00290626">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Autor/ka oświadcza</w:t>
       </w:r>
       <w:r w:rsidRPr="00290626">
         <w:rPr>
@@ -896,96 +894,130 @@
       <w:r w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Repozytorium UŁ i innych platformach dystrybucyjnych, zaś Autor</w:t>
       </w:r>
       <w:r w:rsidR="00D26145" w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/ka</w:t>
       </w:r>
       <w:r w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> zobowiązuje się do niekorzystania z wypowiedzenia umowy licencyjnej przez cały okres jej trwania. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="038CCC40" w14:textId="4DD5CFE1" w:rsidR="001917A1" w:rsidRPr="00290626" w:rsidRDefault="19FF417C" w:rsidP="00290626">
+    <w:p w14:paraId="038CCC40" w14:textId="4DD5CFE1" w:rsidR="001917A1" w:rsidRDefault="19FF417C" w:rsidP="00290626">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Autorowi</w:t>
       </w:r>
       <w:r w:rsidR="00D26145" w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/Autorce</w:t>
       </w:r>
       <w:r w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> nie przysługuje wynagrodzenie za stworzenie Utworu, jego dostarczenie do Wydawnictwa a także za udzielenie licencji praw</w:t>
       </w:r>
       <w:r w:rsidR="00F23638" w:rsidRPr="00290626">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4413BD" w14:textId="77777777" w:rsidR="00B22C3B" w:rsidRPr="00B22C3B" w:rsidRDefault="00B22C3B" w:rsidP="00B22C3B">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B22C3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Autor/Autorka przyjmuje do wiadomości, że w przypadku wycofania tekstu z jego/jej winy, zostanie obciążony kosztami recenzji i korekty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2957D9FD" w14:textId="77777777" w:rsidR="00B22C3B" w:rsidRPr="00290626" w:rsidRDefault="00B22C3B" w:rsidP="00B22C3B">
+      <w:pPr>
+        <w:pStyle w:val="Akapitzlist"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="62D32A08" w14:textId="322A3230" w:rsidR="312B8B3B" w:rsidRPr="00290626" w:rsidRDefault="312B8B3B" w:rsidP="00290626">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AEDE14A" w14:textId="5C380F93" w:rsidR="00B33221" w:rsidRPr="00290626" w:rsidRDefault="45A5C849" w:rsidP="00290626">
       <w:pPr>
         <w:pStyle w:val="Akapitzlist"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00290626">
         <w:rPr>
@@ -1345,152 +1377,152 @@
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="6485"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B33221" w:rsidRPr="00290626">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="60"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09E6E05E" w14:textId="77777777" w:rsidR="00C9684A" w:rsidRDefault="00C9684A">
+    <w:p w14:paraId="7D34E0C6" w14:textId="77777777" w:rsidR="00777DFC" w:rsidRDefault="00777DFC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49F692CB" w14:textId="77777777" w:rsidR="00C9684A" w:rsidRDefault="00C9684A">
+    <w:p w14:paraId="446643E6" w14:textId="77777777" w:rsidR="00777DFC" w:rsidRDefault="00777DFC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3175DF2B" w14:textId="77777777" w:rsidR="00C9684A" w:rsidRDefault="00C9684A">
+    <w:p w14:paraId="7D2F0C99" w14:textId="77777777" w:rsidR="00777DFC" w:rsidRDefault="00777DFC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05D18BD3" w14:textId="77777777" w:rsidR="00C9684A" w:rsidRDefault="00C9684A">
+    <w:p w14:paraId="42C89D15" w14:textId="77777777" w:rsidR="00777DFC" w:rsidRDefault="00777DFC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00487FDA" w:rsidRPr="001917A1" w:rsidRDefault="00487FDA" w:rsidP="001917A1">
     <w:pPr>
       <w:pStyle w:val="Nagwek"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="2580"/>
         <w:tab w:val="left" w:pos="2985"/>
       </w:tabs>
       <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="1F497D" w:themeColor="text2"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:lang w:val="fr-FR"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008100B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE0A406A"/>
     <w:lvl w:ilvl="0" w:tplc="04150011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2753,144 +2785,145 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04150019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0415001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1774788298">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="694231002">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="388768670">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="481771471">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="186791361">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="106052157">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="758218246">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1576158895">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1963459740">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1514228005">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1746801450">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="578949276">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1856536334">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1322155204">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00674708"/>
     <w:rsid w:val="00006CD8"/>
     <w:rsid w:val="000462BD"/>
     <w:rsid w:val="00083822"/>
     <w:rsid w:val="00093840"/>
     <w:rsid w:val="000D42D7"/>
     <w:rsid w:val="000E51D6"/>
     <w:rsid w:val="001179EA"/>
     <w:rsid w:val="00123B87"/>
     <w:rsid w:val="00127D37"/>
     <w:rsid w:val="00130A45"/>
     <w:rsid w:val="001329C6"/>
     <w:rsid w:val="00140CE2"/>
     <w:rsid w:val="001917A1"/>
     <w:rsid w:val="001A7192"/>
     <w:rsid w:val="001B1248"/>
     <w:rsid w:val="001B41FE"/>
     <w:rsid w:val="001B5EC0"/>
     <w:rsid w:val="001E34AB"/>
     <w:rsid w:val="002045DA"/>
     <w:rsid w:val="00211073"/>
     <w:rsid w:val="002238A5"/>
+    <w:rsid w:val="002304F5"/>
     <w:rsid w:val="00235CA1"/>
     <w:rsid w:val="00247FBE"/>
     <w:rsid w:val="002564AD"/>
     <w:rsid w:val="00282CF2"/>
     <w:rsid w:val="00290626"/>
     <w:rsid w:val="002A2C0D"/>
     <w:rsid w:val="002D7E91"/>
     <w:rsid w:val="002E5395"/>
     <w:rsid w:val="00322463"/>
     <w:rsid w:val="0032614D"/>
     <w:rsid w:val="00337191"/>
     <w:rsid w:val="00341EB6"/>
     <w:rsid w:val="00363C28"/>
     <w:rsid w:val="003669A2"/>
     <w:rsid w:val="00374BC3"/>
     <w:rsid w:val="00380371"/>
     <w:rsid w:val="00395187"/>
     <w:rsid w:val="00396A18"/>
     <w:rsid w:val="003A35E6"/>
     <w:rsid w:val="003B757C"/>
     <w:rsid w:val="003D088B"/>
     <w:rsid w:val="003D580F"/>
     <w:rsid w:val="003F665B"/>
     <w:rsid w:val="00401043"/>
     <w:rsid w:val="0040787B"/>
@@ -2899,88 +2932,90 @@
     <w:rsid w:val="00440286"/>
     <w:rsid w:val="00487FDA"/>
     <w:rsid w:val="00496E53"/>
     <w:rsid w:val="004971EE"/>
     <w:rsid w:val="004B0AD1"/>
     <w:rsid w:val="004C17F5"/>
     <w:rsid w:val="004E3A68"/>
     <w:rsid w:val="004F1877"/>
     <w:rsid w:val="00506F1E"/>
     <w:rsid w:val="005466A5"/>
     <w:rsid w:val="00562FD0"/>
     <w:rsid w:val="00590D6B"/>
     <w:rsid w:val="005A3A3E"/>
     <w:rsid w:val="005C38AD"/>
     <w:rsid w:val="005C7F35"/>
     <w:rsid w:val="006135E9"/>
     <w:rsid w:val="0062097F"/>
     <w:rsid w:val="00625BE0"/>
     <w:rsid w:val="00653FB1"/>
     <w:rsid w:val="00674708"/>
     <w:rsid w:val="006B4A3F"/>
     <w:rsid w:val="006E0F30"/>
     <w:rsid w:val="0071657F"/>
     <w:rsid w:val="00736822"/>
     <w:rsid w:val="00745101"/>
+    <w:rsid w:val="00777DFC"/>
     <w:rsid w:val="007B2A77"/>
     <w:rsid w:val="007C26CE"/>
     <w:rsid w:val="007E4BA3"/>
     <w:rsid w:val="007E7988"/>
     <w:rsid w:val="007F47AE"/>
     <w:rsid w:val="00812E60"/>
     <w:rsid w:val="00830C8B"/>
     <w:rsid w:val="00860C86"/>
     <w:rsid w:val="008A3E35"/>
     <w:rsid w:val="008B5788"/>
     <w:rsid w:val="008D0FE0"/>
     <w:rsid w:val="008D4487"/>
     <w:rsid w:val="008F5313"/>
     <w:rsid w:val="008F7CE3"/>
     <w:rsid w:val="009278CA"/>
     <w:rsid w:val="009625FA"/>
     <w:rsid w:val="0096303E"/>
     <w:rsid w:val="00986DB7"/>
     <w:rsid w:val="00990BC9"/>
     <w:rsid w:val="00992EB7"/>
     <w:rsid w:val="009A1B5D"/>
     <w:rsid w:val="009A6DD2"/>
     <w:rsid w:val="009B5384"/>
     <w:rsid w:val="009C7621"/>
     <w:rsid w:val="009D3F47"/>
     <w:rsid w:val="009F4344"/>
     <w:rsid w:val="00A2400F"/>
     <w:rsid w:val="00A261BE"/>
     <w:rsid w:val="00A831AB"/>
     <w:rsid w:val="00AB0C20"/>
     <w:rsid w:val="00AB33B7"/>
     <w:rsid w:val="00AC6D4D"/>
     <w:rsid w:val="00AD1D07"/>
     <w:rsid w:val="00AE620E"/>
     <w:rsid w:val="00AF100B"/>
     <w:rsid w:val="00AF1CAF"/>
     <w:rsid w:val="00B10514"/>
     <w:rsid w:val="00B16537"/>
+    <w:rsid w:val="00B22C3B"/>
     <w:rsid w:val="00B33221"/>
     <w:rsid w:val="00B56B19"/>
     <w:rsid w:val="00B70363"/>
     <w:rsid w:val="00B7291D"/>
     <w:rsid w:val="00B811F7"/>
     <w:rsid w:val="00B95462"/>
     <w:rsid w:val="00BB6573"/>
     <w:rsid w:val="00BC0C01"/>
     <w:rsid w:val="00BD7869"/>
     <w:rsid w:val="00BD7A18"/>
     <w:rsid w:val="00BE39B2"/>
     <w:rsid w:val="00BE62D8"/>
     <w:rsid w:val="00C354A8"/>
     <w:rsid w:val="00C421BF"/>
     <w:rsid w:val="00C51CC2"/>
     <w:rsid w:val="00C67C9D"/>
     <w:rsid w:val="00C9684A"/>
     <w:rsid w:val="00C96D49"/>
     <w:rsid w:val="00CA279E"/>
     <w:rsid w:val="00CD6258"/>
     <w:rsid w:val="00CF31A5"/>
     <w:rsid w:val="00D1652F"/>
     <w:rsid w:val="00D16A03"/>
     <w:rsid w:val="00D26145"/>
     <w:rsid w:val="00D47807"/>
@@ -3075,74 +3110,74 @@
     <w:rsid w:val="7174CCD9"/>
     <w:rsid w:val="75A1DA47"/>
     <w:rsid w:val="762C38FC"/>
     <w:rsid w:val="77924DB9"/>
     <w:rsid w:val="7A0B92B4"/>
     <w:rsid w:val="7B16221E"/>
     <w:rsid w:val="7BFD93DD"/>
     <w:rsid w:val="7DF109F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pl-PL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7DB6F53D"/>
   <w15:docId w15:val="{7A50F2DA-7CA0-4934-843D-E0CE19566610}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="pl-PL" w:eastAsia="pl-PL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3474,50 +3509,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normalny">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00674708"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Domylnaczcionkaakapitu">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standardowy">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3713,51 +3749,51 @@
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipercze">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Domylnaczcionkaakapitu"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="77924DB9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1237665779">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:iod@uni.lodz.pl" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
@@ -4037,58 +4073,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007102145EE968CE46809DAB9E559D7DA1" ma:contentTypeVersion="20" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="b247fa65cb3ba80293c77254edea41ed">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69ebca2b-e73d-4c00-8179-018355b8bc49" xmlns:ns3="40662eed-c394-44ab-9f96-e5d552189762" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fdac458aa8b0049af578968229c1615c" ns2:_="" ns3:_="">
     <xsd:import namespace="69ebca2b-e73d-4c00-8179-018355b8bc49"/>
     <xsd:import namespace="40662eed-c394-44ab-9f96-e5d552189762"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
@@ -4303,138 +4337,140 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69ebca2b-e73d-4c00-8179-018355b8bc49">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="40662eed-c394-44ab-9f96-e5d552189762" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30414FAF-2081-43D7-9E03-AA0F7E6B0177}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3862CCA6-CDC3-4721-BA99-BB957D72E9F5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="40662eed-c394-44ab-9f96-e5d552189762"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4646B97C-46D8-4ABA-8BF4-A54766775C9D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="69ebca2b-e73d-4c00-8179-018355b8bc49"/>
     <ds:schemaRef ds:uri="40662eed-c394-44ab-9f96-e5d552189762"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3862CCA6-CDC3-4721-BA99-BB957D72E9F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30414FAF-2081-43D7-9E03-AA0F7E6B0177}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69ebca2b-e73d-4c00-8179-018355b8bc49"/>
+    <ds:schemaRef ds:uri="40662eed-c394-44ab-9f96-e5d552189762"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4DE2AEB-7222-4F07-BEA8-71F4FA154916}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>544</Words>
-  <Characters>3268</Characters>
+  <Words>564</Words>
+  <Characters>3384</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>28</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Tytuł</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Lodz</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3805</CharactersWithSpaces>
+  <CharactersWithSpaces>3941</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Anna Kurska</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007102145EE968CE46809DAB9E559D7DA1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">